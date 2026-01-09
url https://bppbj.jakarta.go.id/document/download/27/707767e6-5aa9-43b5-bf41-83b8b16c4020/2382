--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -5,757 +5,618 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="39EFA8BE" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3982"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> KOP SURAT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A295445" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kode </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Kode Pos  10110</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5E92AD56" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9965" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1370"/>
         <w:gridCol w:w="277"/>
         <w:gridCol w:w="3470"/>
         <w:gridCol w:w="730"/>
         <w:gridCol w:w="4118"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F19DC" w14:paraId="6881230A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C10A704" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nomor</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65E41812" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3470" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A7C5FA6" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>……………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="730" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="106E5FD7" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="755F6A62" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>...........,  ....................  20....</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F19DC" w14:paraId="3AC2ECC0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D2A3723" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sifat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="179200E6" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3470" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57394075" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>……………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="730" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A6ABE97" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C1E8AE2" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F19DC" w14:paraId="3E480D5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="630143E9" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lampiran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42972A65" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3470" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C423BFC" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 (</w:t>
+              <w:t>1 (satu) Berkas</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5403FD79" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>satu</w:t>
-[...34 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="381FFD60" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F19DC" w14:paraId="46F10E80" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1616"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D35792E" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3776D618" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3470" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65001E46" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Permohonan</w:t>
+              <w:t>Permohonan User ID dan Password</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="730" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50964F2D" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> User ID dan Password</w:t>
-[...10 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316852D5" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-36" w:right="128"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Yth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A3E74EC" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yth</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19183669" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Kepada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50EC2838" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-297"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kepada</w:t>
-[...6 lines deleted...]
-              <w:ind w:right="-297"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> DKI Jakarta</w:t>
+              <w:t>Kepala Badan Pelayanan Pengadaan Barang/Jasa Provinsi DKI Jakarta</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ECFD087" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-297"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">di </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="557F78E6" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-297"/>
@@ -908,445 +769,95 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="705ED362" w14:textId="77777777" w:rsidR="003B345B" w:rsidRPr="00CD6CAA" w:rsidRDefault="003B345B" w:rsidP="003B345B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1260" w:right="92" w:firstLine="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Sehubungan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Sehubungan dengan pelaksanaan pengadaan barang/jasa di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(Nama PD/UKPD</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>) dan adanya perubahan Pelaku Pengadaan Barang/Jasa di lingkungan (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A6CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Nama PD/UKPD</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>dengan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...150 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dengan</w:t>
-[...209 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>dengan ini kami usulkan permohonan User ID dan Password sesuai dengan rincian pada tabel daftar pemohon User ID serta Biodata (Terlampir)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E03ADC" w14:textId="77777777" w:rsidR="003B345B" w:rsidRPr="00003C18" w:rsidRDefault="003B345B" w:rsidP="003B345B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1260" w:right="92" w:firstLine="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="353EBEE6" w14:textId="77777777" w:rsidR="003B345B" w:rsidRPr="00C51C12" w:rsidRDefault="003B345B" w:rsidP="003B345B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -1363,99 +874,81 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="009925AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">tas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>perhatian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dan </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dan kerjasama</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Bapak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009925AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Bapak</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">saya </w:t>
       </w:r>
       <w:r w:rsidRPr="009925AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>ucapkan terima kasih</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FF3B3B" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
@@ -1488,138 +981,98 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F35AEE" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[Jabatan] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF418C8" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21676C9A" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17BE0F6A" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                             </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> dan cap</w:t>
+        <w:t xml:space="preserve">                                             ttd dan cap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71620336" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -1813,237 +1266,212 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2699"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F34A66" w14:paraId="0739904C" w14:textId="77777777" w:rsidTr="003B345B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4258" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="537694DC" w14:textId="3441B06D" w:rsidR="00F34A66" w:rsidRDefault="00F34A66" w:rsidP="003B345B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="-266"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Lampiran Surat </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> [Nama </w:t>
+              <w:t xml:space="preserve">Lampiran Surat Kepala [Nama </w:t>
             </w:r>
             <w:r w:rsidR="003B345B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>PD/UKPD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F19DC" w14:paraId="2F9B9DF6" w14:textId="77777777" w:rsidTr="003B345B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="466154F4" w14:textId="6ED96F6A" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nomor</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F04E7F7" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A43A19C" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F19DC" w14:paraId="4AEC0275" w14:textId="77777777" w:rsidTr="003B345B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0007BA5E" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Tanggal</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43854D03" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BE85404" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B2716A6" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="059CB779" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -2085,517 +1513,459 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="1881"/>
         <w:gridCol w:w="2202"/>
         <w:gridCol w:w="2215"/>
         <w:gridCol w:w="1357"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="993"/>
-        <w:gridCol w:w="963"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A532BB" w14:paraId="78970676" w14:textId="1AA4086E" w:rsidTr="00196A52">
+      <w:tr w:rsidR="008A6CC3" w14:paraId="78970676" w14:textId="1AA4086E" w:rsidTr="0049068E">
         <w:trPr>
           <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF5B9E9" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="2DF5B9E9" w14:textId="77777777" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46E9EA7F" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="46E9EA7F" w14:textId="77777777" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16D5F596" w14:textId="6C3F548A" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="16D5F596" w14:textId="6C3F548A" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nama PD/UKPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="293B411A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="293B411A" w14:textId="77777777" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Email </w:t>
+              <w:t>Email Pemohon</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613D5278" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="613D5278" w14:textId="77777777" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>NRK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08919F23" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
+          <w:p w14:paraId="08919F23" w14:textId="77777777" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reset </w:t>
+              <w:t>Reset Passsword*</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-              <w:t>Passsword</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E41F02" w14:textId="5BDE6DC8" w:rsidR="008A6CC3" w:rsidRPr="00F34A66" w:rsidRDefault="008A6CC3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Jenis Pengguna</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...58 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="7FE340A4" w14:textId="4786484C" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="7FE340A4" w14:textId="4786484C" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54DFCFF5" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2939C3D8" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="281B0724" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FEDC978" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5056CED1" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D491A0B" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2638,271 +2008,263 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>PPK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="56B52F45" w14:textId="37BF475C" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05906AC6" w14:textId="546EB557" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Bendahara</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="416980EF" w14:textId="105CD545" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="416980EF" w14:textId="105CD545" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C33E28A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D86B7D9" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3447F95E" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4836569A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A52869" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460C3583" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2921,2172 +2283,1970 @@
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D223BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SIRUP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54DD0567" w14:textId="0903DB03" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+          <w:p w14:paraId="54DD0567" w14:textId="597BA88D" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D223BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e-Order</w:t>
             </w:r>
-            <w:r w:rsidR="00C57413">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B61877A" w14:textId="14BCCF7F" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D223BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPSE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E251131" w14:textId="678605F2" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D223BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e-Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F11574C" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D223BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e-Lang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F9A0B5" w14:textId="34EE6501" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D223BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPSE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="474ED7EC" w14:textId="5F013820" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D223BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e-Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BE665B" w14:textId="1B9F1139" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e-Lang</w:t>
+            </w:r>
+            <w:r w:rsidR="001A57E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B61877A" w14:textId="14BCCF7F" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
+          <w:p w14:paraId="546E7967" w14:textId="1F967169" w:rsidR="00A532BB" w:rsidRPr="00D223BE" w:rsidRDefault="00A532BB" w:rsidP="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D223BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>SPSE</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>e-Order</w:t>
             </w:r>
-            <w:r w:rsidR="00C57413">
-[...192 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="61334A56" w14:textId="2D344D3E" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="61334A56" w14:textId="2D344D3E" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07841C6E" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB" w:rsidP="003B345B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72436600" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EACF720" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C915A78" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F489140" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DF90E34" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32853098" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D7D771C" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C6D3DEC" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="514F5F10" w14:textId="079724D9" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6CFEC63F" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13EF0E3A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05084C23" w14:textId="439706DC" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A5D87E6" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8421C8" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="6BCED2D3" w14:textId="4A10E2D4" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="6BCED2D3" w14:textId="4A10E2D4" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07B79F89" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB" w:rsidP="003B345B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A6FF987" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24C470B5" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F24A03B" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B23AE0E" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02D938E4" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F84A2A7" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FF5C2AB" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E1D5EE5" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="223A026C" w14:textId="15ED5D34" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="267BBD15" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E128E1" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74118BEB" w14:textId="5501748D" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6031A68A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04DAAB72" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="2E4183C6" w14:textId="53EFF261" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="2E4183C6" w14:textId="53EFF261" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="787AC88F" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB" w:rsidP="003B345B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="196D02F9" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0617C907" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5987B85B" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46B85858" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29220747" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08AD51CD" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1362FD6C" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2001DD59" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="57A0DB72" w14:textId="57CE4A36" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="510F7BA1" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="307CF01D" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A06B9CF" w14:textId="5FEA098B" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F1330BC" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37325565" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A532BB" w14:paraId="2EEB6EC8" w14:textId="2102DB96" w:rsidTr="00196A52">
+      <w:tr w:rsidR="00A532BB" w14:paraId="2EEB6EC8" w14:textId="2102DB96" w:rsidTr="001A57E8">
         <w:trPr>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="226916DA" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB" w:rsidP="003B345B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F34A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>dst</w:t>
+              <w:t>dst.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="349E6D75" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3CD9E730" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E86F36F" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A359860" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25239DC7" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EDA7E0A" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6219F7A4" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39FA8E4E" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="193E2A4B" w14:textId="0295701C" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00E93F50" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CEC5019" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F2E9F28" w14:textId="4414617A" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A9C72C4" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05AEBF72" w14:textId="77777777" w:rsidR="00A532BB" w:rsidRPr="00F34A66" w:rsidRDefault="00A532BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1905B8E0" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B922CC7" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRPr="00F34A66" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Catatan</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Catatan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CC7D64" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRPr="00F34A66" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Email </w:t>
-[...125 lines deleted...]
-        <w:t xml:space="preserve"> KPA</w:t>
+        <w:t>Email pemohon sebaiknya menggunakan email pribadi, kecuali untuk akun KPA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF30BCE" w14:textId="07F7D8B3" w:rsidR="005F19DC" w:rsidRDefault="00F32A50">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5117,412 +4277,151 @@
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ser</w:t>
       </w:r>
       <w:r w:rsidR="003B345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ID </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F34A66">
+        <w:t>ID sudah ada, LPSE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>sudah</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Provinsi DKI</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F34A66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> Jakarta akan membantu mereset password</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A127932" w14:textId="4971A7FE" w:rsidR="00BD6B54" w:rsidRPr="001A57E8" w:rsidRDefault="00BD6B54">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ada</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A57E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, LPSE</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">** Hanya untuk </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...221 lines deleted...]
-        <w:t xml:space="preserve"> BLUD</w:t>
+        <w:t>JF PBJ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8B32F3" w14:textId="77777777" w:rsidR="00F34A66" w:rsidRDefault="00F34A66" w:rsidP="00F34A66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="12191"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[Jabatan] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD8EB5B" w14:textId="77777777" w:rsidR="00F34A66" w:rsidRDefault="00F34A66" w:rsidP="00F34A66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="12191"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75C9DA79" w14:textId="767C60E7" w:rsidR="00F34A66" w:rsidRDefault="00F34A66" w:rsidP="00F34A66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="14175"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> dan cap</w:t>
+        <w:t xml:space="preserve"> ttd dan cap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BCF3AAF" w14:textId="77777777" w:rsidR="00F34A66" w:rsidRDefault="00F34A66" w:rsidP="00F34A66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="12191"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5631,76 +4530,76 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        NIP ………………………</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F34A66" w:rsidRPr="00F34A66" w:rsidSect="009C5111">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="20160" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1267" w:right="1440" w:bottom="709" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A803F6B" w14:textId="77777777" w:rsidR="00A00D63" w:rsidRDefault="00A00D63">
+    <w:p w14:paraId="22B60E6F" w14:textId="77777777" w:rsidR="00421CF4" w:rsidRDefault="00421CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D18E0C5" w14:textId="77777777" w:rsidR="00A00D63" w:rsidRDefault="00A00D63">
+    <w:p w14:paraId="7010AB95" w14:textId="77777777" w:rsidR="00421CF4" w:rsidRDefault="00421CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -5715,271 +4614,276 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="440F25E2" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51B074C0" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33B864E3" w14:textId="77777777" w:rsidR="00A00D63" w:rsidRDefault="00A00D63">
+    <w:p w14:paraId="045FA61E" w14:textId="77777777" w:rsidR="00421CF4" w:rsidRDefault="00421CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="494070EC" w14:textId="77777777" w:rsidR="00A00D63" w:rsidRDefault="00A00D63">
+    <w:p w14:paraId="61D2D28C" w14:textId="77777777" w:rsidR="00421CF4" w:rsidRDefault="00421CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61C4629E" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22E49E99" w14:textId="77777777" w:rsidR="005F19DC" w:rsidRDefault="005F19DC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F19DC"/>
     <w:rsid w:val="000171DA"/>
     <w:rsid w:val="000474B6"/>
     <w:rsid w:val="00196A52"/>
+    <w:rsid w:val="001A57E8"/>
     <w:rsid w:val="003B345B"/>
     <w:rsid w:val="003B694B"/>
+    <w:rsid w:val="00421CF4"/>
     <w:rsid w:val="0044676C"/>
+    <w:rsid w:val="00475A51"/>
+    <w:rsid w:val="00574DEF"/>
     <w:rsid w:val="005F19DC"/>
     <w:rsid w:val="0060335A"/>
     <w:rsid w:val="006916B1"/>
     <w:rsid w:val="006939A8"/>
     <w:rsid w:val="007218DF"/>
     <w:rsid w:val="007E3BC2"/>
+    <w:rsid w:val="008A6CC3"/>
+    <w:rsid w:val="009307BB"/>
     <w:rsid w:val="0099394D"/>
     <w:rsid w:val="009C5111"/>
     <w:rsid w:val="00A00D63"/>
     <w:rsid w:val="00A532BB"/>
     <w:rsid w:val="00AB2BF8"/>
     <w:rsid w:val="00AB7012"/>
     <w:rsid w:val="00B653C6"/>
     <w:rsid w:val="00BD6B54"/>
     <w:rsid w:val="00C56140"/>
     <w:rsid w:val="00C57413"/>
     <w:rsid w:val="00D0109A"/>
     <w:rsid w:val="00D223BE"/>
     <w:rsid w:val="00F32A50"/>
     <w:rsid w:val="00F34A66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4C4C476E"/>
   <w15:docId w15:val="{DA21C557-845F-4ACB-8316-CDAC024D71AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6057,98 +4961,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6734,51 +5641,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7023,78 +5930,78 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhxUhf5WT9kEzDE/OV6uTFz3s4Cgw==">AMUW2mVBL9uvQPR2RwZQ3R2lOEfTlshOyvHwRaYyuyCQH5w0waupL5yy8k26Pzp+/vvMxhiuffQzfUDTpGkphUaDyEMt0A7OUt5eSP8/zGoCXyQ0plrCZW0=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>205</Words>
-  <Characters>1174</Characters>
+  <Words>201</Words>
+  <Characters>1151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1377</CharactersWithSpaces>
+  <CharactersWithSpaces>1350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ROSDIANA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">